--- v0 (2025-10-22)
+++ v1 (2026-03-16)
@@ -1699,52 +1699,50 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D2DE6" w:rsidTr="00E1164A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001D2DE6" w:rsidRPr="00E1164A" w:rsidRDefault="00EF2503" w:rsidP="0013478F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00EF2503">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">This research was conducted with the protocol decision dated .../…202X and numbered ……….. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EF2503">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00EF2503">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -1921,104 +1919,521 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E1164A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Acknowledgment</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00301FE8" w:rsidTr="00301FE8">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00301FE8" w:rsidRPr="00E1164A" w:rsidRDefault="00301FE8" w:rsidP="0013478F">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1164A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No contribution and/or support </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E1164A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>was</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E1164A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> received during the writing process of this study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00301FE8" w:rsidTr="0013478F">
+        <w:trPr>
+          <w:trHeight w:val="352"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00301FE8" w:rsidRPr="00E1164A" w:rsidRDefault="00301FE8" w:rsidP="0013478F">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Generative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AI </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="001D2DE6" w:rsidTr="0013478F">
         <w:trPr>
           <w:trHeight w:val="449"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001D2DE6" w:rsidRPr="00E1164A" w:rsidRDefault="001D2DE6" w:rsidP="0013478F">
+          <w:p w:rsidR="001D2DE6" w:rsidRPr="00E1164A" w:rsidRDefault="00301FE8" w:rsidP="0013478F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1164A">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">No contribution and/or support </w:t>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>artificial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>intelligence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>tool</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00713740">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>was</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00713740">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>was</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> not </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E1164A">
-[...7 lines deleted...]
-              <w:t>was</w:t>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>data</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E1164A">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> received during the writing process of this study.</w:t>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>analysis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>interpretation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>creation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>content</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00301FE8">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0064304C" w:rsidRPr="00FC46F4" w:rsidRDefault="0064304C" w:rsidP="00F046AA">
       <w:pPr>
         <w:pStyle w:val="Gvdemetni20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC46F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="333333"/>
           <w:sz w:val="19"/>
@@ -2061,161 +2476,235 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00FC46F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>                 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007466E9" w:rsidRDefault="0064304C" w:rsidP="0054199D">
+    <w:p w:rsidR="00AD6996" w:rsidRDefault="00AD6996" w:rsidP="00AD6996">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C263F3">
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>Bu eser </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-[...81 lines deleted...]
-      <w:r w:rsidRPr="00C263F3">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>ile lisanslanmıştır.</w:t>
+        <w:t>study</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>licensed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Creative </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t>Commons</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t>Attribution-NonCommercial</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t>4.0</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> International License (CC BY 4.0).</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00BB05BC" w:rsidRDefault="00BB05BC" w:rsidP="0054199D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BB05BC" w:rsidRDefault="00BB05BC" w:rsidP="0054199D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2336,61 +2825,61 @@
   <w16cid:commentId w16cid:paraId="03C67CFC" w16cid:durableId="610AA909"/>
   <w16cid:commentId w16cid:paraId="2AF8994E" w16cid:durableId="4BFCA681"/>
   <w16cid:commentId w16cid:paraId="605C1198" w16cid:durableId="24F8A6E8"/>
   <w16cid:commentId w16cid:paraId="4E934794" w16cid:durableId="260BEB51"/>
   <w16cid:commentId w16cid:paraId="038BEFDF" w16cid:durableId="24F8A6E0"/>
   <w16cid:commentId w16cid:paraId="2E68192B" w16cid:durableId="24F8A5D8"/>
   <w16cid:commentId w16cid:paraId="25A138DF" w16cid:durableId="24F8A6C9"/>
   <w16cid:commentId w16cid:paraId="3FA50E7E" w16cid:durableId="24F8A5DF"/>
   <w16cid:commentId w16cid:paraId="1408DDF5" w16cid:durableId="24F8A5E6"/>
   <w16cid:commentId w16cid:paraId="3337B1FB" w16cid:durableId="250050F6"/>
   <w16cid:commentId w16cid:paraId="4C4F68AE" w16cid:durableId="279116D9"/>
   <w16cid:commentId w16cid:paraId="1BC7B2B8" w16cid:durableId="27911791"/>
   <w16cid:commentId w16cid:paraId="1C9B820D" w16cid:durableId="2791175F"/>
   <w16cid:commentId w16cid:paraId="11AF2FA6" w16cid:durableId="2791174B"/>
   <w16cid:commentId w16cid:paraId="48478F0F" w16cid:durableId="27911769"/>
   <w16cid:commentId w16cid:paraId="5870F167" w16cid:durableId="27923164"/>
   <w16cid:commentId w16cid:paraId="7FE9D248" w16cid:durableId="27923163"/>
   <w16cid:commentId w16cid:paraId="64D3D7FD" w16cid:durableId="06F80414"/>
   <w16cid:commentId w16cid:paraId="016FF033" w16cid:durableId="27BEF67B"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004429EF" w:rsidRDefault="004429EF" w:rsidP="003278F1">
+    <w:p w:rsidR="00A33AB6" w:rsidRDefault="00A33AB6" w:rsidP="003278F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004429EF" w:rsidRDefault="004429EF" w:rsidP="003278F1">
+    <w:p w:rsidR="00A33AB6" w:rsidRDefault="00A33AB6" w:rsidP="003278F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2579,91 +3068,91 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-638647343"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00F81880" w:rsidRDefault="00F81880">
         <w:pPr>
           <w:pStyle w:val="Altbilgi"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EF2503">
+        <w:r w:rsidR="00713740">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00CE6935" w:rsidRPr="00F81880" w:rsidRDefault="00CE6935" w:rsidP="00F81880">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004429EF" w:rsidRDefault="004429EF" w:rsidP="003278F1">
+    <w:p w:rsidR="00A33AB6" w:rsidRDefault="00A33AB6" w:rsidP="003278F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004429EF" w:rsidRDefault="004429EF" w:rsidP="003278F1">
+    <w:p w:rsidR="00A33AB6" w:rsidRDefault="00A33AB6" w:rsidP="003278F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00030381" w:rsidRPr="00030381" w:rsidRDefault="003B1B5E" w:rsidP="005B4096">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -3190,113 +3679,95 @@
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00DB7328">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t xml:space="preserve"> (No</w:t>
     </w:r>
     <w:r w:rsidR="00CE6935" w:rsidRPr="00E824F9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t xml:space="preserve">), </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="00DB7328">
+    <w:r w:rsidR="00301FE8">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
-      <w:t>pp</w:t>
+      <w:t>pp-</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...16 lines deleted...]
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="0084752F" w:rsidRPr="00E824F9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>pp</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" alt="ORCID_iD" style="width:10.65pt;height:10.65pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="ORCID_iD" style="width:10.65pt;height:10.65pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ORCID_iD"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12353A58"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0489892"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
@@ -5411,50 +5882,51 @@
     <w:rsid w:val="0020064E"/>
     <w:rsid w:val="002072F5"/>
     <w:rsid w:val="0021117C"/>
     <w:rsid w:val="0022215B"/>
     <w:rsid w:val="00225A6C"/>
     <w:rsid w:val="00225F55"/>
     <w:rsid w:val="00226469"/>
     <w:rsid w:val="00227E82"/>
     <w:rsid w:val="00261FB7"/>
     <w:rsid w:val="0028400C"/>
     <w:rsid w:val="00284E0D"/>
     <w:rsid w:val="002916F9"/>
     <w:rsid w:val="00291B7E"/>
     <w:rsid w:val="002922BA"/>
     <w:rsid w:val="002A4B19"/>
     <w:rsid w:val="002A7FB8"/>
     <w:rsid w:val="002B0E4A"/>
     <w:rsid w:val="002B15CC"/>
     <w:rsid w:val="002B3F1A"/>
     <w:rsid w:val="002B6956"/>
     <w:rsid w:val="002C4916"/>
     <w:rsid w:val="002E628A"/>
     <w:rsid w:val="002E68D6"/>
     <w:rsid w:val="00300CEE"/>
     <w:rsid w:val="00301BD1"/>
+    <w:rsid w:val="00301FE8"/>
     <w:rsid w:val="00302F88"/>
     <w:rsid w:val="00306614"/>
     <w:rsid w:val="003068A4"/>
     <w:rsid w:val="00306976"/>
     <w:rsid w:val="00307AB2"/>
     <w:rsid w:val="00310447"/>
     <w:rsid w:val="00314320"/>
     <w:rsid w:val="003278F1"/>
     <w:rsid w:val="00331195"/>
     <w:rsid w:val="0033130D"/>
     <w:rsid w:val="00332301"/>
     <w:rsid w:val="00340B58"/>
     <w:rsid w:val="0034700E"/>
     <w:rsid w:val="0034718F"/>
     <w:rsid w:val="00347CBF"/>
     <w:rsid w:val="003523A1"/>
     <w:rsid w:val="003538DC"/>
     <w:rsid w:val="00354B6D"/>
     <w:rsid w:val="00356838"/>
     <w:rsid w:val="00357557"/>
     <w:rsid w:val="00357CC1"/>
     <w:rsid w:val="00362404"/>
     <w:rsid w:val="0037574C"/>
     <w:rsid w:val="00391B40"/>
     <w:rsid w:val="00394CC6"/>
@@ -5545,53 +6017,55 @@
     <w:rsid w:val="00635891"/>
     <w:rsid w:val="00642ADB"/>
     <w:rsid w:val="0064304C"/>
     <w:rsid w:val="00645773"/>
     <w:rsid w:val="006612F3"/>
     <w:rsid w:val="00665FB1"/>
     <w:rsid w:val="00670188"/>
     <w:rsid w:val="00670817"/>
     <w:rsid w:val="00671C8E"/>
     <w:rsid w:val="00681CB1"/>
     <w:rsid w:val="0068504E"/>
     <w:rsid w:val="006A0ED7"/>
     <w:rsid w:val="006A2658"/>
     <w:rsid w:val="006B0EB0"/>
     <w:rsid w:val="006B3BCF"/>
     <w:rsid w:val="006B4DAC"/>
     <w:rsid w:val="006B7016"/>
     <w:rsid w:val="006C0A7A"/>
     <w:rsid w:val="006C5D95"/>
     <w:rsid w:val="006C7950"/>
     <w:rsid w:val="006D0FA5"/>
     <w:rsid w:val="006E5430"/>
     <w:rsid w:val="006F7C5C"/>
     <w:rsid w:val="0071263F"/>
     <w:rsid w:val="00712AB9"/>
+    <w:rsid w:val="00713740"/>
     <w:rsid w:val="007170FE"/>
     <w:rsid w:val="007177EC"/>
     <w:rsid w:val="00722B10"/>
+    <w:rsid w:val="007265ED"/>
     <w:rsid w:val="007466E9"/>
     <w:rsid w:val="00751D3A"/>
     <w:rsid w:val="00753F23"/>
     <w:rsid w:val="007556A0"/>
     <w:rsid w:val="007635A3"/>
     <w:rsid w:val="00763D9F"/>
     <w:rsid w:val="0076657F"/>
     <w:rsid w:val="00767AD2"/>
     <w:rsid w:val="00767C48"/>
     <w:rsid w:val="007728D9"/>
     <w:rsid w:val="00773210"/>
     <w:rsid w:val="00777609"/>
     <w:rsid w:val="007A7BA1"/>
     <w:rsid w:val="007B0562"/>
     <w:rsid w:val="007C1C38"/>
     <w:rsid w:val="007D0A6D"/>
     <w:rsid w:val="007D4EB3"/>
     <w:rsid w:val="007D79A3"/>
     <w:rsid w:val="007F2B2D"/>
     <w:rsid w:val="00813ACA"/>
     <w:rsid w:val="00814AA9"/>
     <w:rsid w:val="00817EBA"/>
     <w:rsid w:val="00827E3A"/>
     <w:rsid w:val="008325E1"/>
     <w:rsid w:val="00832CAA"/>
@@ -5630,66 +6104,69 @@
     <w:rsid w:val="0095417E"/>
     <w:rsid w:val="00956D63"/>
     <w:rsid w:val="0096762D"/>
     <w:rsid w:val="009718A9"/>
     <w:rsid w:val="009728C9"/>
     <w:rsid w:val="009774E5"/>
     <w:rsid w:val="009955EB"/>
     <w:rsid w:val="00995A34"/>
     <w:rsid w:val="009974EC"/>
     <w:rsid w:val="009A0BB5"/>
     <w:rsid w:val="009A54ED"/>
     <w:rsid w:val="009B169F"/>
     <w:rsid w:val="009B5D68"/>
     <w:rsid w:val="009C6735"/>
     <w:rsid w:val="009D2271"/>
     <w:rsid w:val="009D6268"/>
     <w:rsid w:val="009F26EB"/>
     <w:rsid w:val="009F2D81"/>
     <w:rsid w:val="009F6C48"/>
     <w:rsid w:val="009F7E95"/>
     <w:rsid w:val="00A03C89"/>
     <w:rsid w:val="00A046EE"/>
     <w:rsid w:val="00A04BAC"/>
     <w:rsid w:val="00A13008"/>
     <w:rsid w:val="00A161A5"/>
+    <w:rsid w:val="00A205DA"/>
     <w:rsid w:val="00A208D7"/>
     <w:rsid w:val="00A24885"/>
+    <w:rsid w:val="00A33AB6"/>
     <w:rsid w:val="00A40FBD"/>
     <w:rsid w:val="00A51DA5"/>
     <w:rsid w:val="00A55B79"/>
     <w:rsid w:val="00A62212"/>
     <w:rsid w:val="00A671B5"/>
     <w:rsid w:val="00A702B2"/>
     <w:rsid w:val="00A70A0A"/>
     <w:rsid w:val="00A71181"/>
     <w:rsid w:val="00A7511B"/>
     <w:rsid w:val="00A8186B"/>
     <w:rsid w:val="00A90F64"/>
     <w:rsid w:val="00A92B44"/>
     <w:rsid w:val="00AD55B0"/>
     <w:rsid w:val="00AD5E5B"/>
+    <w:rsid w:val="00AD6996"/>
     <w:rsid w:val="00AE22CE"/>
     <w:rsid w:val="00AE3F15"/>
     <w:rsid w:val="00AF23EA"/>
     <w:rsid w:val="00B065F2"/>
     <w:rsid w:val="00B10D0F"/>
     <w:rsid w:val="00B13B74"/>
     <w:rsid w:val="00B14848"/>
     <w:rsid w:val="00B209E0"/>
     <w:rsid w:val="00B211EC"/>
     <w:rsid w:val="00B4177E"/>
     <w:rsid w:val="00B41F39"/>
     <w:rsid w:val="00B457DE"/>
     <w:rsid w:val="00B47FF7"/>
     <w:rsid w:val="00B5152A"/>
     <w:rsid w:val="00B611E4"/>
     <w:rsid w:val="00B6328F"/>
     <w:rsid w:val="00B65E25"/>
     <w:rsid w:val="00B76905"/>
     <w:rsid w:val="00B76FED"/>
     <w:rsid w:val="00B77F49"/>
     <w:rsid w:val="00B84753"/>
     <w:rsid w:val="00B859AE"/>
     <w:rsid w:val="00B86E5F"/>
     <w:rsid w:val="00B933A5"/>
     <w:rsid w:val="00B96239"/>
@@ -9001,50 +9478,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1601839014">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1688871357">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1813792231">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sportifbakis.com/index.php/pub/index" TargetMode="External"/></Relationships>
@@ -9287,91 +9777,91 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FD16C87-E5E0-4D25-BF28-ACC00557F451}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B6C7EBA-4DA8-419A-8C1B-BF32A392F940}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>187</Words>
-  <Characters>1068</Characters>
+  <Words>212</Words>
+  <Characters>1215</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1253</CharactersWithSpaces>
+  <CharactersWithSpaces>1425</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>