--- v0 (2025-10-22)
+++ v1 (2026-03-16)
@@ -1001,161 +1001,143 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="4884" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4537"/>
         <w:gridCol w:w="4534"/>
       </w:tblGrid>
       <w:tr w:rsidR="00914617" w:rsidTr="0070693F">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2501" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00914617" w:rsidRDefault="0070693F" w:rsidP="005938FB">
+          <w:p w:rsidR="00914617" w:rsidRDefault="0070693F" w:rsidP="00F625C2">
             <w:pPr>
               <w:pStyle w:val="KAYNAKLAR"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Katkı Oranı</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="left"/>
+            <w:r w:rsidR="00F625C2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:i/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contribution</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2499" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00914617" w:rsidRDefault="0070693F" w:rsidP="005938FB">
+          <w:p w:rsidR="00914617" w:rsidRDefault="00F625C2" w:rsidP="00F625C2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Katkıda Bulunanlar </w:t>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Katkıda Bulunanlar/ </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="0070693F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contributors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00914617" w:rsidTr="0070693F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2501" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00914617" w:rsidRDefault="00914617" w:rsidP="005938FB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
@@ -1900,70 +1882,62 @@
               </w:rPr>
               <w:t xml:space="preserve"> Üniversitesi Etik Kurulu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="00C51381">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">nun </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>.../…202X</w:t>
-            </w:r>
+              <w:t xml:space="preserve">.../…202X tarihli </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> tarihli </w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>…………</w:t>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00C51381">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> sayılı protokol kararı ile yürütülmüştür.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001D2DE6" w:rsidRPr="00C37C92" w:rsidRDefault="00C37C92" w:rsidP="00C37C92">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C37C92">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -2467,124 +2441,603 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Destek ve Teşekkür Beyanı/ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Statement of Support and Acknowledgment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00F625C2" w:rsidTr="00F625C2">
+        <w:trPr>
+          <w:trHeight w:val="517"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F625C2" w:rsidRPr="00F625C2" w:rsidRDefault="00F625C2" w:rsidP="00F625C2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F625C2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu çalışmanın yazım sürecinde katkı ve/veya destek alınmamıştır. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F625C2" w:rsidRPr="00F625C2" w:rsidRDefault="00F625C2" w:rsidP="00F625C2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F625C2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No contribution and/or support </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F625C2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>was</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F625C2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> received during the writing process of this study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F625C2" w:rsidTr="0070693F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F625C2" w:rsidRDefault="00F625C2" w:rsidP="005938FB">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F3616">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Üretken Yapay Zekâ Kullanım Beyanı</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Generative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AI </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="001D2DE6" w:rsidTr="0070693F">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001D2DE6" w:rsidRDefault="001D2DE6" w:rsidP="005938FB">
+          <w:p w:rsidR="00F625C2" w:rsidRPr="00214186" w:rsidRDefault="00F625C2" w:rsidP="00F625C2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veri analizi, sonuçların </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>yorumlanması veya bilimsel içeriğin oluşturulması için yapay zekâ aracı</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bu çalışmanın yazım sürecinde katkı ve/veya destek alınmamıştır. </w:t>
+              <w:t xml:space="preserve"> kullanılmıştır/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kullanılmamıştır.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001D2DE6" w:rsidRDefault="001D2DE6" w:rsidP="005938FB">
+          <w:p w:rsidR="001D2DE6" w:rsidRDefault="00F625C2" w:rsidP="00F625C2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>artificial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>intelligence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tool</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00214186">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
-                <w:iCs/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">No contribution and/or support </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>was</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>was</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>was</w:t>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>data</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> received during the writing process of this study.</w:t>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>analysis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>interpretation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>creation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>content</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A26DF2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0064304C" w:rsidRPr="00FC46F4" w:rsidRDefault="0064304C" w:rsidP="00F046AA">
       <w:pPr>
         <w:pStyle w:val="Gvdemetni20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC46F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="333333"/>
           <w:sz w:val="19"/>
@@ -2626,143 +3079,140 @@
                       <a:ext cx="847725" cy="296703"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00FC46F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>                 </w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="007466E9" w:rsidRDefault="0064304C" w:rsidP="0054199D">
+    <w:p w:rsidR="00F625C2" w:rsidRDefault="00F625C2" w:rsidP="00F625C2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C263F3">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Bu eser </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="001D2DE6">
+        <w:r w:rsidRPr="00613F75">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="tr-TR"/>
           </w:rPr>
           <w:t xml:space="preserve">Creative </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="001D2DE6">
+        <w:r w:rsidRPr="00613F75">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="tr-TR"/>
           </w:rPr>
           <w:t>Commons</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="001D2DE6">
+        <w:r w:rsidRPr="00613F75">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="tr-TR"/>
           </w:rPr>
           <w:t xml:space="preserve"> Atıf-Gayri Ticari </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="001D2DE6">
+        <w:r w:rsidRPr="00613F75">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="tr-TR"/>
           </w:rPr>
           <w:t>4.0</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="001D2DE6">
+        <w:r w:rsidRPr="00613F75">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="tr-TR"/>
           </w:rPr>
           <w:t xml:space="preserve"> Uluslararası Lisansı (CC BY 4.0)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001C1FDA" w:rsidRPr="00C263F3">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C263F3">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>ile lisanslanmıştır.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB05BC" w:rsidRDefault="00BB05BC" w:rsidP="0054199D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -2900,61 +3350,61 @@
   <w16cid:commentId w16cid:paraId="03C67CFC" w16cid:durableId="610AA909"/>
   <w16cid:commentId w16cid:paraId="2AF8994E" w16cid:durableId="4BFCA681"/>
   <w16cid:commentId w16cid:paraId="605C1198" w16cid:durableId="24F8A6E8"/>
   <w16cid:commentId w16cid:paraId="4E934794" w16cid:durableId="260BEB51"/>
   <w16cid:commentId w16cid:paraId="038BEFDF" w16cid:durableId="24F8A6E0"/>
   <w16cid:commentId w16cid:paraId="2E68192B" w16cid:durableId="24F8A5D8"/>
   <w16cid:commentId w16cid:paraId="25A138DF" w16cid:durableId="24F8A6C9"/>
   <w16cid:commentId w16cid:paraId="3FA50E7E" w16cid:durableId="24F8A5DF"/>
   <w16cid:commentId w16cid:paraId="1408DDF5" w16cid:durableId="24F8A5E6"/>
   <w16cid:commentId w16cid:paraId="3337B1FB" w16cid:durableId="250050F6"/>
   <w16cid:commentId w16cid:paraId="4C4F68AE" w16cid:durableId="279116D9"/>
   <w16cid:commentId w16cid:paraId="1BC7B2B8" w16cid:durableId="27911791"/>
   <w16cid:commentId w16cid:paraId="1C9B820D" w16cid:durableId="2791175F"/>
   <w16cid:commentId w16cid:paraId="11AF2FA6" w16cid:durableId="2791174B"/>
   <w16cid:commentId w16cid:paraId="48478F0F" w16cid:durableId="27911769"/>
   <w16cid:commentId w16cid:paraId="5870F167" w16cid:durableId="27923164"/>
   <w16cid:commentId w16cid:paraId="7FE9D248" w16cid:durableId="27923163"/>
   <w16cid:commentId w16cid:paraId="64D3D7FD" w16cid:durableId="06F80414"/>
   <w16cid:commentId w16cid:paraId="016FF033" w16cid:durableId="27BEF67B"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000073AC" w:rsidRDefault="000073AC" w:rsidP="003278F1">
+    <w:p w:rsidR="006D41F3" w:rsidRDefault="006D41F3" w:rsidP="003278F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000073AC" w:rsidRDefault="000073AC" w:rsidP="003278F1">
+    <w:p w:rsidR="006D41F3" w:rsidRDefault="006D41F3" w:rsidP="003278F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3144,91 +3594,91 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-638647343"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00F81880" w:rsidRDefault="00F81880">
         <w:pPr>
           <w:pStyle w:val="Altbilgi"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C37C92">
+        <w:r w:rsidR="005549DB">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00CE6935" w:rsidRPr="00F81880" w:rsidRDefault="00CE6935" w:rsidP="00F81880">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000073AC" w:rsidRDefault="000073AC" w:rsidP="003278F1">
+    <w:p w:rsidR="006D41F3" w:rsidRDefault="006D41F3" w:rsidP="003278F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000073AC" w:rsidRDefault="000073AC" w:rsidP="003278F1">
+    <w:p w:rsidR="006D41F3" w:rsidRDefault="006D41F3" w:rsidP="003278F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00030381" w:rsidRPr="00030381" w:rsidRDefault="003B1B5E" w:rsidP="005B4096">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -3708,105 +4158,95 @@
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>Cilt</w:t>
     </w:r>
     <w:r w:rsidR="00832CAA" w:rsidRPr="00E824F9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Sayı</w:t>
     </w:r>
     <w:r w:rsidR="00CE6935" w:rsidRPr="00E824F9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t xml:space="preserve">), </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="0084752F" w:rsidRPr="00E824F9">
+    <w:r w:rsidR="005549DB">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
-      <w:t>ss</w:t>
+      <w:t>ss-</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="0084752F" w:rsidRPr="00E824F9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>pp</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1034" type="#_x0000_t75" alt="ORCID_iD" style="width:10.65pt;height:10.65pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1031" type="#_x0000_t75" alt="ORCID_iD" style="width:10.65pt;height:10.65pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ORCID_iD"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12353A58"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0489892"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
@@ -6004,96 +6444,98 @@
     <w:rsid w:val="004A2DCE"/>
     <w:rsid w:val="004A3D30"/>
     <w:rsid w:val="004A51F5"/>
     <w:rsid w:val="004C3ED7"/>
     <w:rsid w:val="004C68F8"/>
     <w:rsid w:val="004D25C2"/>
     <w:rsid w:val="004D425E"/>
     <w:rsid w:val="004D6447"/>
     <w:rsid w:val="004E2339"/>
     <w:rsid w:val="004F0D51"/>
     <w:rsid w:val="004F410D"/>
     <w:rsid w:val="00501B53"/>
     <w:rsid w:val="0051429F"/>
     <w:rsid w:val="005163D7"/>
     <w:rsid w:val="005205BF"/>
     <w:rsid w:val="00525678"/>
     <w:rsid w:val="00526B2F"/>
     <w:rsid w:val="00527033"/>
     <w:rsid w:val="00540231"/>
     <w:rsid w:val="0054199D"/>
     <w:rsid w:val="00542D08"/>
     <w:rsid w:val="0054446A"/>
     <w:rsid w:val="00550513"/>
     <w:rsid w:val="00551ABD"/>
     <w:rsid w:val="005535CF"/>
+    <w:rsid w:val="005549DB"/>
     <w:rsid w:val="00556164"/>
     <w:rsid w:val="005627DC"/>
     <w:rsid w:val="00570367"/>
     <w:rsid w:val="00573BD1"/>
     <w:rsid w:val="0058797F"/>
     <w:rsid w:val="0059061C"/>
     <w:rsid w:val="00590634"/>
     <w:rsid w:val="00590B6A"/>
     <w:rsid w:val="005938FB"/>
     <w:rsid w:val="00596B09"/>
     <w:rsid w:val="005A023B"/>
     <w:rsid w:val="005A719A"/>
     <w:rsid w:val="005B2A22"/>
     <w:rsid w:val="005B355F"/>
     <w:rsid w:val="005B4096"/>
     <w:rsid w:val="005B64C6"/>
     <w:rsid w:val="005C43EC"/>
     <w:rsid w:val="005C5BF4"/>
     <w:rsid w:val="005C65FA"/>
     <w:rsid w:val="005E630C"/>
     <w:rsid w:val="005E7039"/>
     <w:rsid w:val="005F16BE"/>
     <w:rsid w:val="006009E2"/>
     <w:rsid w:val="00611AED"/>
     <w:rsid w:val="00622269"/>
     <w:rsid w:val="00627F90"/>
     <w:rsid w:val="00631E98"/>
     <w:rsid w:val="00642ADB"/>
     <w:rsid w:val="0064304C"/>
     <w:rsid w:val="006612F3"/>
     <w:rsid w:val="00665FB1"/>
     <w:rsid w:val="00670188"/>
     <w:rsid w:val="00670817"/>
     <w:rsid w:val="00671C8E"/>
     <w:rsid w:val="00681CB1"/>
     <w:rsid w:val="0068504E"/>
     <w:rsid w:val="006A0ED7"/>
     <w:rsid w:val="006A2658"/>
     <w:rsid w:val="006B0EB0"/>
     <w:rsid w:val="006B3BCF"/>
     <w:rsid w:val="006B4DAC"/>
     <w:rsid w:val="006B7016"/>
     <w:rsid w:val="006C5D95"/>
     <w:rsid w:val="006C5F05"/>
     <w:rsid w:val="006C7950"/>
     <w:rsid w:val="006D0FA5"/>
+    <w:rsid w:val="006D41F3"/>
     <w:rsid w:val="006E5430"/>
     <w:rsid w:val="006F7C5C"/>
     <w:rsid w:val="0070693F"/>
     <w:rsid w:val="0071263F"/>
     <w:rsid w:val="00712AB9"/>
     <w:rsid w:val="007170FE"/>
     <w:rsid w:val="007177EC"/>
     <w:rsid w:val="00722B10"/>
     <w:rsid w:val="007466E9"/>
     <w:rsid w:val="00751D3A"/>
     <w:rsid w:val="00753054"/>
     <w:rsid w:val="00753F23"/>
     <w:rsid w:val="007556A0"/>
     <w:rsid w:val="007635A3"/>
     <w:rsid w:val="00763D9F"/>
     <w:rsid w:val="0076657F"/>
     <w:rsid w:val="00767AD2"/>
     <w:rsid w:val="00767C48"/>
     <w:rsid w:val="007728D9"/>
     <w:rsid w:val="00773210"/>
     <w:rsid w:val="00777609"/>
     <w:rsid w:val="007A7BA1"/>
     <w:rsid w:val="007B0562"/>
     <w:rsid w:val="007C1C38"/>
     <w:rsid w:val="007D0A6D"/>
@@ -6299,50 +6741,51 @@
     <w:rsid w:val="00EB5A9A"/>
     <w:rsid w:val="00EB5FF4"/>
     <w:rsid w:val="00EB621F"/>
     <w:rsid w:val="00EC0C4D"/>
     <w:rsid w:val="00EC3CF4"/>
     <w:rsid w:val="00ED4C5A"/>
     <w:rsid w:val="00ED5955"/>
     <w:rsid w:val="00ED5E97"/>
     <w:rsid w:val="00EE09F4"/>
     <w:rsid w:val="00EE3BC3"/>
     <w:rsid w:val="00EE7C3A"/>
     <w:rsid w:val="00EF655E"/>
     <w:rsid w:val="00F00716"/>
     <w:rsid w:val="00F0195E"/>
     <w:rsid w:val="00F024C2"/>
     <w:rsid w:val="00F0312E"/>
     <w:rsid w:val="00F046AA"/>
     <w:rsid w:val="00F171D3"/>
     <w:rsid w:val="00F24639"/>
     <w:rsid w:val="00F25A85"/>
     <w:rsid w:val="00F2705F"/>
     <w:rsid w:val="00F35156"/>
     <w:rsid w:val="00F432D9"/>
     <w:rsid w:val="00F51153"/>
     <w:rsid w:val="00F5557D"/>
+    <w:rsid w:val="00F625C2"/>
     <w:rsid w:val="00F7473E"/>
     <w:rsid w:val="00F80764"/>
     <w:rsid w:val="00F81880"/>
     <w:rsid w:val="00F81D16"/>
     <w:rsid w:val="00F8607D"/>
     <w:rsid w:val="00F86201"/>
     <w:rsid w:val="00F864B8"/>
     <w:rsid w:val="00F938B7"/>
     <w:rsid w:val="00F94897"/>
     <w:rsid w:val="00F97FF5"/>
     <w:rsid w:val="00FA1E4F"/>
     <w:rsid w:val="00FA2062"/>
     <w:rsid w:val="00FB102F"/>
     <w:rsid w:val="00FB6A07"/>
     <w:rsid w:val="00FB78A3"/>
     <w:rsid w:val="00FC02F0"/>
     <w:rsid w:val="00FC3002"/>
     <w:rsid w:val="00FC46F4"/>
     <w:rsid w:val="00FD20D5"/>
     <w:rsid w:val="00FD318D"/>
     <w:rsid w:val="00FE2941"/>
     <w:rsid w:val="00FE71A5"/>
     <w:rsid w:val="00FF2C11"/>
     <w:rsid w:val="00FF4C97"/>
   </w:rsids>
@@ -9795,91 +10238,91 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{363D0CA7-E2EF-411F-A7AC-6E33379A1E04}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CD29457-A6A8-415E-860D-7B2EFAFA451F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>277</Words>
-  <Characters>1583</Characters>
+  <Words>326</Words>
+  <Characters>1862</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1857</CharactersWithSpaces>
+  <CharactersWithSpaces>2184</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>